--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\GAM\DPM\PROCESOS\PRESENTACIONES\2025\Septiembre\Archivos Finales IPoM\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bcentral.sharepoint.com/sites/DPM-IPOM/IPoM Septiembre 2025/Archivos_históricos/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{705CF857-621D-41B9-AE9F-24C9DD662731}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{05E19754-5003-418E-AA82-2383423B6169}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabla" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
@@ -964,51 +966,51 @@
   <si>
     <t>1,75 - 2,25</t>
   </si>
   <si>
     <t>2,25 - 3,25</t>
   </si>
   <si>
     <t>-1,5 / -0,5</t>
   </si>
   <si>
     <t>2,0 - 3,0</t>
   </si>
   <si>
     <t>2,25 / 2,75</t>
   </si>
   <si>
     <t>1,5 / 2,5</t>
   </si>
   <si>
     <t>1,75 /2,75</t>
   </si>
   <si>
     <t>2 / 2,75</t>
   </si>
   <si>
-    <t>1,75 / 2,5</t>
+    <t>1,75 / 2,75</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.00000"/>
     <numFmt numFmtId="166" formatCode="0.000000"/>
     <numFmt numFmtId="167" formatCode="0.0000000"/>
     <numFmt numFmtId="168" formatCode="0.00000000"/>
   </numFmts>
   <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1691,103 +1693,103 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:GE70"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="FJ5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="FM5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="FS38" sqref="FS38"/>
+      <selection pane="bottomRight" activeCell="FS5" sqref="FS5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="23.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="23.5"/>
   <cols>
-    <col min="1" max="1" width="53.42578125" style="1" bestFit="1" customWidth="1"/>
-[...43 lines deleted...]
-    <col min="186" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="53.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="1" customWidth="1"/>
+    <col min="3" max="6" width="11.453125" style="2" customWidth="1"/>
+    <col min="7" max="11" width="11.453125" style="1" customWidth="1"/>
+    <col min="12" max="19" width="11.453125" style="2" customWidth="1"/>
+    <col min="20" max="24" width="11.453125" style="1" customWidth="1"/>
+    <col min="25" max="28" width="11.453125" style="2" customWidth="1"/>
+    <col min="29" max="38" width="11.453125" style="1" customWidth="1"/>
+    <col min="39" max="40" width="11.453125" style="2" customWidth="1"/>
+    <col min="41" max="47" width="11.453125" style="1" customWidth="1"/>
+    <col min="48" max="49" width="11.453125" style="2" customWidth="1"/>
+    <col min="50" max="56" width="11.453125" style="1" customWidth="1"/>
+    <col min="57" max="58" width="11.453125" style="2" customWidth="1"/>
+    <col min="59" max="65" width="11.453125" style="1" customWidth="1"/>
+    <col min="66" max="69" width="11.453125" style="2" customWidth="1"/>
+    <col min="70" max="76" width="11.453125" style="1" customWidth="1"/>
+    <col min="77" max="80" width="11.453125" style="2" customWidth="1"/>
+    <col min="81" max="87" width="11.453125" style="1" customWidth="1"/>
+    <col min="88" max="91" width="11.453125" style="2"/>
+    <col min="92" max="97" width="11.453125" style="1"/>
+    <col min="98" max="102" width="11.453125" style="1" customWidth="1"/>
+    <col min="103" max="104" width="11.453125" style="2" customWidth="1"/>
+    <col min="105" max="110" width="11.453125" style="1" customWidth="1"/>
+    <col min="111" max="111" width="11.453125" style="1"/>
+    <col min="112" max="121" width="11.453125" style="1" customWidth="1"/>
+    <col min="122" max="123" width="11.453125" style="39" customWidth="1"/>
+    <col min="124" max="130" width="11.453125" style="1" customWidth="1"/>
+    <col min="131" max="136" width="11.453125" style="39" customWidth="1"/>
+    <col min="137" max="137" width="8.26953125" style="1" customWidth="1"/>
+    <col min="138" max="138" width="11.453125" style="1" customWidth="1"/>
+    <col min="139" max="140" width="11.453125" style="39" customWidth="1"/>
+    <col min="141" max="141" width="10.453125" style="39" customWidth="1"/>
+    <col min="142" max="144" width="11.453125" style="39" bestFit="1" customWidth="1"/>
+    <col min="145" max="145" width="12.26953125" style="39" customWidth="1"/>
+    <col min="146" max="149" width="11.453125" style="39" customWidth="1"/>
+    <col min="150" max="150" width="12.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="151" max="153" width="10.453125" style="39" customWidth="1"/>
+    <col min="154" max="160" width="11.453125" style="39"/>
+    <col min="161" max="168" width="11.453125" style="1"/>
+    <col min="169" max="170" width="11.453125" style="39"/>
+    <col min="171" max="176" width="11.453125" style="1"/>
+    <col min="177" max="178" width="11.453125" style="39"/>
+    <col min="179" max="184" width="11.453125" style="1"/>
+    <col min="185" max="185" width="11.453125" style="39"/>
+    <col min="186" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:187" s="21" customFormat="1" ht="21" customHeight="1">
       <c r="A1" s="63" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="17"/>
       <c r="L1" s="15" t="s">
         <v>27</v>
       </c>
       <c r="M1" s="15"/>
       <c r="N1" s="15"/>
       <c r="O1" s="15"/>
       <c r="P1" s="15"/>
@@ -16751,63 +16753,61 @@
   <mergeCells count="1">
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="C5:D5 DT5:DW39 F5:DE5 C6:DE39 DG5:DN7 DO39 DF39 DG9:DN39 DH8:DN8 DF15" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E72C293B1D9F7345919366EA41B74678" ma:contentTypeVersion="10" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="b276c618fac6c6d9dbf5c5459f327bfc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ae8c661-f883-45b6-b4c8-92f31354c6fc" xmlns:ns3="d5004dc3-828f-4d78-9e4b-3b52e04134c2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e88b06893983bbaf00546f21c5522214" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E72C293B1D9F7345919366EA41B74678" ma:contentTypeVersion="10" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="64b9dfa6cbf6f611247d32f45b01f89f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ae8c661-f883-45b6-b4c8-92f31354c6fc" xmlns:ns3="d5004dc3-828f-4d78-9e4b-3b52e04134c2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aa8b78babb57bdfca1d856ef1cfd1853" ns2:_="" ns3:_="">
     <xsd:import namespace="3ae8c661-f883-45b6-b4c8-92f31354c6fc"/>
     <xsd:import namespace="d5004dc3-828f-4d78-9e4b-3b52e04134c2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ae8c661-f883-45b6-b4c8-92f31354c6fc" elementFormDefault="qualified">
@@ -16951,122 +16951,127 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d5004dc3-828f-4d78-9e4b-3b52e04134c2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ae8c661-f883-45b6-b4c8-92f31354c6fc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0487ADE1-0304-40A7-A0E8-0A1F570C1821}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{152934BE-9EF8-446F-83C4-9C27A0C3F074}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A6F62DE-DF2E-484B-BE86-04B042CFE7A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="295ae2f7-a067-432a-b871-864f5d146846"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="d5004dc3-828f-4d78-9e4b-3b52e04134c2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="48ba0a3e-0203-41fb-a249-d227af43f939"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="3ae8c661-f883-45b6-b4c8-92f31354c6fc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{088652c0-4c68-4217-8346-55265c7b16f1}" enabled="1" method="Privileged" siteId="{d1bf4087-52c2-42b9-913e-a262f9f83199}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabla</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E72C293B1D9F7345919366EA41B74678</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_088652c0-4c68-4217-8346-55265c7b16f1_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_088652c0-4c68-4217-8346-55265c7b16f1_SetDate">
     <vt:lpwstr>2022-12-06T15:08:53Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_088652c0-4c68-4217-8346-55265c7b16f1_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_088652c0-4c68-4217-8346-55265c7b16f1_Name">
     <vt:lpwstr>Publico</vt:lpwstr>
   </property>